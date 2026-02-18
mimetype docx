--- v0 (2026-01-08)
+++ v1 (2026-02-18)
@@ -1209,51 +1209,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B00330">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NAME OF NOMINEE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="588AA198" w14:textId="18A75490" w:rsidR="002B53E6" w:rsidRPr="004E74F7" w:rsidRDefault="00B04CB8" w:rsidP="00DA3C1A">
+          <w:p w14:paraId="588AA198" w14:textId="18A75490" w:rsidR="002B53E6" w:rsidRPr="004E74F7" w:rsidRDefault="00000000" w:rsidP="00DA3C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5A5B5D"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="496762722"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006B6381">
                   <w:rPr>
@@ -1312,51 +1312,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B00330">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOMINEE’S JOB TITLE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6863AE06" w14:textId="77777777" w:rsidR="00135827" w:rsidRPr="004E74F7" w:rsidRDefault="00B04CB8" w:rsidP="0051154C">
+          <w:p w14:paraId="6863AE06" w14:textId="77777777" w:rsidR="00135827" w:rsidRPr="004E74F7" w:rsidRDefault="00000000" w:rsidP="0051154C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5A5B5D"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-1048827958"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="653EB9D6" w:rsidRPr="030B8DA7">
@@ -1385,51 +1385,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIVISION:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5548D1" w14:textId="2F5C66D6" w:rsidR="00B00330" w:rsidRDefault="00B04CB8" w:rsidP="00135827">
+          <w:p w14:paraId="1E5548D1" w14:textId="2F5C66D6" w:rsidR="00B00330" w:rsidRDefault="00000000" w:rsidP="00135827">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-605340710"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00B00330" w:rsidRPr="00C83883">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -1455,51 +1455,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B00330">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DEPARTMENT:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3058A3" w14:textId="77777777" w:rsidR="00135827" w:rsidRPr="004E74F7" w:rsidRDefault="00B04CB8" w:rsidP="00135827">
+          <w:p w14:paraId="0C3058A3" w14:textId="77777777" w:rsidR="00135827" w:rsidRPr="004E74F7" w:rsidRDefault="00000000" w:rsidP="00135827">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5A5B5D"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="1044641231"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="653EB9D6" w:rsidRPr="030B8DA7">
@@ -1550,51 +1550,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND</w:t>
             </w:r>
             <w:r w:rsidRPr="0F0A0BDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="5A5B5D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> TITLE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B66A3D3" w14:textId="77777777" w:rsidR="00135827" w:rsidRPr="004E74F7" w:rsidRDefault="00B04CB8" w:rsidP="0051154C">
+          <w:p w14:paraId="7B66A3D3" w14:textId="77777777" w:rsidR="00135827" w:rsidRPr="004E74F7" w:rsidRDefault="00000000" w:rsidP="0051154C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5A5B5D"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-1693832420"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="653EB9D6" w:rsidRPr="030B8DA7">
@@ -2147,498 +2147,490 @@
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidRPr="6743DD6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>select up to three categories</w:t>
       </w:r>
       <w:r w:rsidRPr="6743DD6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve"> for which you are nominating this individual: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAF6275" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="7BAF6275" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="-1705085063"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrated commitment to the public good, which is a defining part of Emory’s character, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>through the use of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve"> one’s talents and abilities for personal and/or global goals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12610B7B" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="12610B7B" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="-1124225404"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>Exemplary contribution while serving on a university committee, task force</w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve"> or commission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30023398" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="30023398" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="1613326314"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>Significant contribution to an innovation resulting in increased satisfaction for students, employees, visitors</w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve"> or alumni.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8213C0" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="5F8213C0" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="-507751508"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">Creative suggestion or initiative resulting in a successful new program or service for a department or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>the university</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C3C9C2C" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="1C3C9C2C" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="1426538430"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">Innovation </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>resulting</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve"> in increased efficiency or decreased costs in a department or for the university.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3FFB48" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="5C3FFB48" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="-1174875516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>Establishment of a program or procedure that has improved the safety and security of the Emory community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D97D4F2" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="1D97D4F2" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="-1918318336"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">Exceptional contribution </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="5B62D538">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>advances and supports the quality of teaching or research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D10EF2" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00B04CB8" w:rsidP="00744089">
+    <w:p w14:paraId="64D10EF2" w14:textId="77777777" w:rsidR="004141B6" w:rsidRDefault="00000000" w:rsidP="00744089">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="1907027038"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
               <w:color w:val="5A5B5D"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004141B6" w:rsidRPr="07535E0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>Long-time exceptional service and dedication to Emory that has led to a legacy of achievement over the span of one’s career.</w:t>
       </w:r>
     </w:p>
@@ -2668,51 +2660,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="0C2340"/>
         </w:rPr>
         <w:t>NDORSEMENTS</w:t>
       </w:r>
       <w:r w:rsidR="00D1572F" w:rsidRPr="00950657">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0C2340"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D1572F" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00A599"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BAE41B" w14:textId="4A4E2E2E" w:rsidR="009266A2" w:rsidRPr="006D0AEE" w:rsidRDefault="00C130F7" w:rsidP="00C130F7">
+    <w:p w14:paraId="68BAE41B" w14:textId="1B766DCD" w:rsidR="009266A2" w:rsidRPr="006D0AEE" w:rsidRDefault="00C130F7" w:rsidP="00C130F7">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00D1572F" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>his application must be reviewed and endorsed by the head of the nominee’s department and the vice president/dean</w:t>
       </w:r>
       <w:r w:rsidR="00D1572F" w:rsidRPr="27D368A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
@@ -2774,76 +2766,86 @@
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">department head </w:t>
       </w:r>
       <w:r w:rsidR="009320AA" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">for endorsement </w:t>
       </w:r>
       <w:r w:rsidR="00AF1954" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>and then to the vice president/dean</w:t>
       </w:r>
       <w:r w:rsidR="00AF1954" w:rsidRPr="6E11739D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AF1954" w:rsidRPr="030B8DA7">
+      <w:r w:rsidR="00C40A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="16BC8C21" w:rsidRPr="030B8DA7">
+      <w:r w:rsidR="00C40A15" w:rsidRPr="00C40A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Signatures are required</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="01B8E84A" w:rsidRPr="030B8DA7">
+        <w:t>Signatures are required for submission. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40A15" w:rsidRPr="00C40A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="7713AD7A" w:rsidRPr="030B8DA7">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Do not</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40A15" w:rsidRPr="00C40A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> collect signatures prior to checking with the HR Rep about any internal processes.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7713AD7A" w:rsidRPr="00B93604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t>Physical signatures or electronic signatures via Emory’s Docusign</w:t>
       </w:r>
       <w:r w:rsidR="499A7D96" w:rsidRPr="00B93604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3008,51 +3010,50 @@
       <w:r w:rsidR="009266A2" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="-1062484215"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B26594">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4540CFAD" w14:textId="1DE38655" w:rsidR="44F5D54C" w:rsidRDefault="2DF481D5" w:rsidP="030B8DA7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="24"/>
@@ -3097,55 +3098,50 @@
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>Vice President/Dean</w:t>
       </w:r>
       <w:r w:rsidR="009266A2" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style1"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="-166482677"/>
           <w:placeholder>
             <w:docPart w:val="B0C89FD5E6B24D9C89FDD634F6DC2BC5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="006329DD" w:rsidRPr="00281CBA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="4B390496" w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rStyle w:val="Style1"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rStyle w:val="Style1"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -3154,51 +3150,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">Date:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           </w:rPr>
           <w:id w:val="2008946544"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B26594">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6A0F6CE9" w14:textId="59B74F95" w:rsidR="11A20B2A" w:rsidRDefault="11A20B2A" w:rsidP="030B8DA7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="24"/>
@@ -3392,86 +3387,100 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F93297D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">On sheet(s) below, describe in </w:t>
       </w:r>
       <w:r w:rsidRPr="7F93297D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>500 words or less:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711F571E" w14:textId="77777777" w:rsidR="0060113F" w:rsidRDefault="0060113F" w:rsidP="0060113F">
+    <w:p w14:paraId="711F571E" w14:textId="2FD5E124" w:rsidR="0060113F" w:rsidRDefault="0060113F" w:rsidP="0060113F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t xml:space="preserve">The specific contribution(s) the nominee has made in </w:t>
       </w:r>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="5A5B5D"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>one or more</w:t>
       </w:r>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the nomination categories below. </w:t>
+        <w:t xml:space="preserve"> of the nomination categories </w:t>
+      </w:r>
+      <w:r w:rsidR="00475A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5A5B5D"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="030B8DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5A5B5D"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A5E0A97" w14:textId="77777777" w:rsidR="0060113F" w:rsidRDefault="0060113F" w:rsidP="0060113F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="030B8DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5A5B5D"/>
         </w:rPr>
         <w:t>The specific impact of the nominee’s contribution(s) on the department or the university.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BFA740" w14:textId="77777777" w:rsidR="00243FF6" w:rsidRPr="004141B6" w:rsidRDefault="00243FF6" w:rsidP="004141B6">
       <w:pPr>
@@ -3680,71 +3689,71 @@
     </w:p>
     <w:p w14:paraId="40D37C23" w14:textId="158B522D" w:rsidR="00B0018B" w:rsidRPr="00ED79BA" w:rsidRDefault="00B0018B" w:rsidP="00ED79BA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00A599"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B0018B" w:rsidRPr="00ED79BA" w:rsidSect="00E54BCA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="864" w:bottom="720" w:left="864" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37B5B0C0" w14:textId="77777777" w:rsidR="00A007F2" w:rsidRDefault="00A007F2" w:rsidP="007869EA">
+    <w:p w14:paraId="0B3A21DD" w14:textId="77777777" w:rsidR="00BC7A51" w:rsidRDefault="00BC7A51" w:rsidP="007869EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5756A6D2" w14:textId="77777777" w:rsidR="00A007F2" w:rsidRDefault="00A007F2" w:rsidP="007869EA">
+    <w:p w14:paraId="24F21CB1" w14:textId="77777777" w:rsidR="00BC7A51" w:rsidRDefault="00BC7A51" w:rsidP="007869EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7449DF85" w14:textId="77777777" w:rsidR="00A007F2" w:rsidRDefault="00A007F2">
+    <w:p w14:paraId="70FA6593" w14:textId="77777777" w:rsidR="00BC7A51" w:rsidRDefault="00BC7A51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3798,71 +3807,71 @@
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52F5035B" w14:textId="77777777" w:rsidR="00A007F2" w:rsidRDefault="00A007F2" w:rsidP="007869EA">
+    <w:p w14:paraId="372522E8" w14:textId="77777777" w:rsidR="00BC7A51" w:rsidRDefault="00BC7A51" w:rsidP="007869EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28A983BD" w14:textId="77777777" w:rsidR="00A007F2" w:rsidRDefault="00A007F2" w:rsidP="007869EA">
+    <w:p w14:paraId="2244413A" w14:textId="77777777" w:rsidR="00BC7A51" w:rsidRDefault="00BC7A51" w:rsidP="007869EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="659F94D8" w14:textId="77777777" w:rsidR="00A007F2" w:rsidRDefault="00A007F2">
+    <w:p w14:paraId="6CC881B2" w14:textId="77777777" w:rsidR="00BC7A51" w:rsidRDefault="00BC7A51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="RSbWIjbO574QmA" int2:id="UNXd15iN">
       <int2:state int2:value="Rejected" int2:type="spell"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="079AA1AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -5908,68 +5917,70 @@
     <w:rsid w:val="00302A07"/>
     <w:rsid w:val="00306CD2"/>
     <w:rsid w:val="00314FF6"/>
     <w:rsid w:val="00317F95"/>
     <w:rsid w:val="003234E7"/>
     <w:rsid w:val="00323A57"/>
     <w:rsid w:val="00330964"/>
     <w:rsid w:val="0033686B"/>
     <w:rsid w:val="0034744E"/>
     <w:rsid w:val="003561D4"/>
     <w:rsid w:val="003602C2"/>
     <w:rsid w:val="003924AC"/>
     <w:rsid w:val="003941CB"/>
     <w:rsid w:val="003B18C9"/>
     <w:rsid w:val="003B751B"/>
     <w:rsid w:val="003E0674"/>
     <w:rsid w:val="003E0A47"/>
     <w:rsid w:val="003F6B71"/>
     <w:rsid w:val="003F7F53"/>
     <w:rsid w:val="00401093"/>
     <w:rsid w:val="004018E9"/>
     <w:rsid w:val="004141B6"/>
     <w:rsid w:val="00450E2A"/>
     <w:rsid w:val="004555CE"/>
     <w:rsid w:val="00471E54"/>
+    <w:rsid w:val="00475A17"/>
     <w:rsid w:val="00477C0C"/>
     <w:rsid w:val="00491B95"/>
     <w:rsid w:val="004A60BC"/>
     <w:rsid w:val="004E74B8"/>
     <w:rsid w:val="004E74F7"/>
     <w:rsid w:val="0051015F"/>
     <w:rsid w:val="00510F2A"/>
     <w:rsid w:val="0051154C"/>
     <w:rsid w:val="00520577"/>
     <w:rsid w:val="00520A4D"/>
     <w:rsid w:val="005215F6"/>
     <w:rsid w:val="00522298"/>
     <w:rsid w:val="00524ECC"/>
     <w:rsid w:val="00561019"/>
     <w:rsid w:val="00561881"/>
     <w:rsid w:val="00563AEF"/>
     <w:rsid w:val="00572D38"/>
     <w:rsid w:val="005755A9"/>
+    <w:rsid w:val="00575810"/>
     <w:rsid w:val="00582344"/>
     <w:rsid w:val="00586F4C"/>
     <w:rsid w:val="00591CA2"/>
     <w:rsid w:val="00597D89"/>
     <w:rsid w:val="005A21C8"/>
     <w:rsid w:val="005B50A2"/>
     <w:rsid w:val="005C6F6F"/>
     <w:rsid w:val="005C772D"/>
     <w:rsid w:val="005D30F5"/>
     <w:rsid w:val="005D6217"/>
     <w:rsid w:val="005E4BD3"/>
     <w:rsid w:val="005E5A6F"/>
     <w:rsid w:val="005E6A0E"/>
     <w:rsid w:val="0060113F"/>
     <w:rsid w:val="006105C2"/>
     <w:rsid w:val="00612F32"/>
     <w:rsid w:val="0061423E"/>
     <w:rsid w:val="00616267"/>
     <w:rsid w:val="00623C9D"/>
     <w:rsid w:val="006329DD"/>
     <w:rsid w:val="00632EF0"/>
     <w:rsid w:val="00633786"/>
     <w:rsid w:val="00660401"/>
     <w:rsid w:val="0066337F"/>
     <w:rsid w:val="00664ACA"/>
@@ -6018,50 +6029,51 @@
     <w:rsid w:val="008A1A76"/>
     <w:rsid w:val="008B1C7E"/>
     <w:rsid w:val="008D0320"/>
     <w:rsid w:val="008D0997"/>
     <w:rsid w:val="008E0989"/>
     <w:rsid w:val="008E620C"/>
     <w:rsid w:val="008F4783"/>
     <w:rsid w:val="009172D6"/>
     <w:rsid w:val="00920D02"/>
     <w:rsid w:val="009266A2"/>
     <w:rsid w:val="009320AA"/>
     <w:rsid w:val="00941108"/>
     <w:rsid w:val="00946D8B"/>
     <w:rsid w:val="00950657"/>
     <w:rsid w:val="00965D1C"/>
     <w:rsid w:val="009713D0"/>
     <w:rsid w:val="00976BE5"/>
     <w:rsid w:val="00976DD4"/>
     <w:rsid w:val="009772D4"/>
     <w:rsid w:val="009800C1"/>
     <w:rsid w:val="00980751"/>
     <w:rsid w:val="009A03A2"/>
     <w:rsid w:val="009A40C8"/>
     <w:rsid w:val="009A533B"/>
     <w:rsid w:val="009A742D"/>
+    <w:rsid w:val="009C3F85"/>
     <w:rsid w:val="009C5143"/>
     <w:rsid w:val="009D0712"/>
     <w:rsid w:val="009D1566"/>
     <w:rsid w:val="009E2A2F"/>
     <w:rsid w:val="009F429E"/>
     <w:rsid w:val="009F53CB"/>
     <w:rsid w:val="009F7131"/>
     <w:rsid w:val="00A007F2"/>
     <w:rsid w:val="00A024D2"/>
     <w:rsid w:val="00A043DE"/>
     <w:rsid w:val="00A04DDA"/>
     <w:rsid w:val="00A05695"/>
     <w:rsid w:val="00A11B6D"/>
     <w:rsid w:val="00A243C1"/>
     <w:rsid w:val="00A26055"/>
     <w:rsid w:val="00A325F0"/>
     <w:rsid w:val="00A42B54"/>
     <w:rsid w:val="00A43C08"/>
     <w:rsid w:val="00A4607A"/>
     <w:rsid w:val="00A471C8"/>
     <w:rsid w:val="00A50E5A"/>
     <w:rsid w:val="00A5526F"/>
     <w:rsid w:val="00A554EE"/>
     <w:rsid w:val="00A61D25"/>
     <w:rsid w:val="00A66D91"/>
@@ -6076,62 +6088,64 @@
     <w:rsid w:val="00AD3939"/>
     <w:rsid w:val="00AE16CB"/>
     <w:rsid w:val="00AF1954"/>
     <w:rsid w:val="00AF19F6"/>
     <w:rsid w:val="00AF633A"/>
     <w:rsid w:val="00B0018B"/>
     <w:rsid w:val="00B00330"/>
     <w:rsid w:val="00B01E83"/>
     <w:rsid w:val="00B04CB8"/>
     <w:rsid w:val="00B26594"/>
     <w:rsid w:val="00B40EF5"/>
     <w:rsid w:val="00B510FA"/>
     <w:rsid w:val="00B51250"/>
     <w:rsid w:val="00B56563"/>
     <w:rsid w:val="00B675B3"/>
     <w:rsid w:val="00B739B9"/>
     <w:rsid w:val="00B746CA"/>
     <w:rsid w:val="00B831B9"/>
     <w:rsid w:val="00B8328D"/>
     <w:rsid w:val="00B9108F"/>
     <w:rsid w:val="00B93604"/>
     <w:rsid w:val="00BA10D1"/>
     <w:rsid w:val="00BB0C02"/>
     <w:rsid w:val="00BB76DB"/>
     <w:rsid w:val="00BC34E6"/>
+    <w:rsid w:val="00BC7A51"/>
     <w:rsid w:val="00BD3F53"/>
     <w:rsid w:val="00BD60C7"/>
     <w:rsid w:val="00BE5A6F"/>
     <w:rsid w:val="00BF48F9"/>
     <w:rsid w:val="00C077BE"/>
     <w:rsid w:val="00C130F7"/>
     <w:rsid w:val="00C16212"/>
     <w:rsid w:val="00C20B4E"/>
     <w:rsid w:val="00C21B06"/>
     <w:rsid w:val="00C3291B"/>
     <w:rsid w:val="00C32A4F"/>
     <w:rsid w:val="00C33D2A"/>
+    <w:rsid w:val="00C40A15"/>
     <w:rsid w:val="00C4217F"/>
     <w:rsid w:val="00C51DF2"/>
     <w:rsid w:val="00C52C4F"/>
     <w:rsid w:val="00C540B2"/>
     <w:rsid w:val="00C557CC"/>
     <w:rsid w:val="00C7425F"/>
     <w:rsid w:val="00C77BF1"/>
     <w:rsid w:val="00C86CDE"/>
     <w:rsid w:val="00C93F29"/>
     <w:rsid w:val="00CB7287"/>
     <w:rsid w:val="00CC0997"/>
     <w:rsid w:val="00CD047A"/>
     <w:rsid w:val="00CE411C"/>
     <w:rsid w:val="00CE7990"/>
     <w:rsid w:val="00CF2A4E"/>
     <w:rsid w:val="00D058A2"/>
     <w:rsid w:val="00D1572F"/>
     <w:rsid w:val="00D15CD2"/>
     <w:rsid w:val="00D1CB52"/>
     <w:rsid w:val="00D31F1D"/>
     <w:rsid w:val="00D337DC"/>
     <w:rsid w:val="00D36DD7"/>
     <w:rsid w:val="00D44EF5"/>
     <w:rsid w:val="00D50A2C"/>
     <w:rsid w:val="00D56F2D"/>
@@ -6154,50 +6168,51 @@
     <w:rsid w:val="00E20E45"/>
     <w:rsid w:val="00E22A5D"/>
     <w:rsid w:val="00E37E49"/>
     <w:rsid w:val="00E41151"/>
     <w:rsid w:val="00E54BCA"/>
     <w:rsid w:val="00E572CF"/>
     <w:rsid w:val="00E868F7"/>
     <w:rsid w:val="00EA0F10"/>
     <w:rsid w:val="00EB272F"/>
     <w:rsid w:val="00EB4F9F"/>
     <w:rsid w:val="00EB5CA2"/>
     <w:rsid w:val="00ED79BA"/>
     <w:rsid w:val="00EF5AE1"/>
     <w:rsid w:val="00F078CF"/>
     <w:rsid w:val="00F103C4"/>
     <w:rsid w:val="00F131D9"/>
     <w:rsid w:val="00F17FD4"/>
     <w:rsid w:val="00F210B9"/>
     <w:rsid w:val="00F22D3E"/>
     <w:rsid w:val="00F2724D"/>
     <w:rsid w:val="00F32D6E"/>
     <w:rsid w:val="00F46D36"/>
     <w:rsid w:val="00F61D48"/>
     <w:rsid w:val="00F72519"/>
     <w:rsid w:val="00F738A8"/>
+    <w:rsid w:val="00F812A6"/>
     <w:rsid w:val="00F82710"/>
     <w:rsid w:val="00F82BE3"/>
     <w:rsid w:val="00F8343A"/>
     <w:rsid w:val="00F83486"/>
     <w:rsid w:val="00F910A1"/>
     <w:rsid w:val="00FA3730"/>
     <w:rsid w:val="00FB4E99"/>
     <w:rsid w:val="00FB6A9E"/>
     <w:rsid w:val="00FD1D91"/>
     <w:rsid w:val="00FD7F1B"/>
     <w:rsid w:val="00FE6DAC"/>
     <w:rsid w:val="00FF4C8C"/>
     <w:rsid w:val="00FF5B4D"/>
     <w:rsid w:val="01496222"/>
     <w:rsid w:val="01B8E84A"/>
     <w:rsid w:val="01D498E7"/>
     <w:rsid w:val="01E97289"/>
     <w:rsid w:val="02046AB7"/>
     <w:rsid w:val="022E7E0F"/>
     <w:rsid w:val="027C21EC"/>
     <w:rsid w:val="02B2BB8F"/>
     <w:rsid w:val="02C2FA5D"/>
     <w:rsid w:val="02DC0D00"/>
     <w:rsid w:val="02E868B4"/>
     <w:rsid w:val="02E93AE8"/>
@@ -7347,66 +7362,70 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD3A6E"/>
     <w:rsid w:val="001C09AC"/>
     <w:rsid w:val="001E578F"/>
     <w:rsid w:val="00206551"/>
     <w:rsid w:val="00257D62"/>
     <w:rsid w:val="002E0229"/>
     <w:rsid w:val="00363F7B"/>
     <w:rsid w:val="00420E4D"/>
     <w:rsid w:val="00563AEF"/>
     <w:rsid w:val="00605B5C"/>
     <w:rsid w:val="00615923"/>
     <w:rsid w:val="00616267"/>
     <w:rsid w:val="0065560C"/>
     <w:rsid w:val="006564DD"/>
     <w:rsid w:val="006D4FB2"/>
     <w:rsid w:val="008F7429"/>
     <w:rsid w:val="00935385"/>
     <w:rsid w:val="00947C06"/>
     <w:rsid w:val="00976DD4"/>
+    <w:rsid w:val="009C3F85"/>
     <w:rsid w:val="009C5143"/>
     <w:rsid w:val="009F53CB"/>
     <w:rsid w:val="00A92D87"/>
     <w:rsid w:val="00AA2FFA"/>
+    <w:rsid w:val="00B1033B"/>
     <w:rsid w:val="00BC07FE"/>
     <w:rsid w:val="00BE5A6F"/>
     <w:rsid w:val="00C975B1"/>
     <w:rsid w:val="00CE7990"/>
     <w:rsid w:val="00D43BDB"/>
     <w:rsid w:val="00D56F2D"/>
     <w:rsid w:val="00DC69A3"/>
     <w:rsid w:val="00DD3A6E"/>
+    <w:rsid w:val="00DD490E"/>
     <w:rsid w:val="00E1757D"/>
     <w:rsid w:val="00ED6807"/>
     <w:rsid w:val="00F131D9"/>
     <w:rsid w:val="00F708B4"/>
+    <w:rsid w:val="00F812A6"/>
     <w:rsid w:val="00FA0DB8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -7826,74 +7845,50 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DC69A3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0C89FD5E6B24D9C89FDD634F6DC2BC5">
     <w:name w:val="B0C89FD5E6B24D9C89FDD634F6DC2BC5"/>
     <w:rsid w:val="00DD3A6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B19387A1C6F942E8BBD7A2F7CEF4C721">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B0B937234B44D049C7837377A4874AC">
     <w:name w:val="9B0B937234B44D049C7837377A4874AC"/>
     <w:rsid w:val="00DC69A3"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="macintosh"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8152,63 +8147,81 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="0425f551-3ed9-4e9c-aee1-1edbc34e168a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cdd806ed-9cd4-452f-984b-c3095b8e56ca">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="0425f551-3ed9-4e9c-aee1-1edbc34e168a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A96587354DDC414686ABAE81D9C45729" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4c454ca7cb3975f494a373bc614d3dbe">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cdd806ed-9cd4-452f-984b-c3095b8e56ca" xmlns:ns3="0425f551-3ed9-4e9c-aee1-1edbc34e168a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1b5cb974c31d9c55f68a53e6c196d610" ns2:_="" ns3:_="">
     <xsd:import namespace="cdd806ed-9cd4-452f-984b-c3095b8e56ca"/>
     <xsd:import namespace="0425f551-3ed9-4e9c-aee1-1edbc34e168a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -8413,135 +8426,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A72A88C-472B-46A6-86D9-0860E57C33EA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0425f551-3ed9-4e9c-aee1-1edbc34e168a"/>
+    <ds:schemaRef ds:uri="cdd806ed-9cd4-452f-984b-c3095b8e56ca"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AA18642-80A0-4CD5-9519-564AA677C16A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06939175-1294-4716-9F6C-45DD9D700D7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F1AFEA-B24E-4DD5-AC51-7D469660CE12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cdd806ed-9cd4-452f-984b-c3095b8e56ca"/>
     <ds:schemaRef ds:uri="0425f551-3ed9-4e9c-aee1-1edbc34e168a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>802</Words>
-  <Characters>4581</Characters>
+  <Words>761</Words>
+  <Characters>4340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5310</CharactersWithSpaces>
+  <CharactersWithSpaces>5118</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Long, Erin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A96587354DDC414686ABAE81D9C45729</vt:lpwstr>
   </property>